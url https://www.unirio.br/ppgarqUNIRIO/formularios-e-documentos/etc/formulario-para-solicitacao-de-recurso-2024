--- v0 (2025-12-23)
+++ v1 (2026-03-01)
@@ -1,194 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="452F4F8D" w14:textId="77777777" w:rsidR="00E357C1" w:rsidRPr="004D6641" w:rsidRDefault="00E357C1" w:rsidP="00E357C1">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="11B0C2D6" w14:textId="77777777" w:rsidR="00E357C1" w:rsidRDefault="00E357C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FD85245" w14:textId="77777777" w:rsidR="0006131A" w:rsidRPr="004D6641" w:rsidRDefault="0006131A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="555409F4" w14:textId="11571009" w:rsidR="004D6641" w:rsidRPr="004D6641" w:rsidRDefault="004D6641" w:rsidP="004D6641">
+      <w:pPr>
+        <w:ind w:right="-7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>UNIVERSIDADE FEDERAL DO ESTADO DO RIO DE JANEIRO - UNIRIO</w:t>
-[...67 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D6641">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Formulário para </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5C9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>solicitação</w:t>
+      </w:r>
       <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formulário para </w:t>
+        <w:t xml:space="preserve"> de reconsideração contra </w:t>
       </w:r>
       <w:r w:rsidR="00DA5C9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>solicitação</w:t>
+        <w:t>resultado d</w:t>
       </w:r>
       <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> de reconsideração contra </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DA5C9D">
+        <w:t>o Processo Seletivo 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00522B7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>resultado d</w:t>
-[...13 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Programa de Pós-Graduação em Gestão de Documentos e Arquivos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA805C8" w14:textId="77777777" w:rsidR="004D6641" w:rsidRDefault="004D6641" w:rsidP="004D6641">
       <w:pPr>
         <w:ind w:right="1055"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -227,108 +152,124 @@
         <w:t>à</w:t>
       </w:r>
       <w:r w:rsidR="00DA5C9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> etapa</w:t>
       </w:r>
       <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CFBA5F5" w14:textId="77777777" w:rsidR="004D6641" w:rsidRPr="00B14011" w:rsidRDefault="004D6641" w:rsidP="004D6641">
+    <w:p w14:paraId="3F859685" w14:textId="3EB6840C" w:rsidR="00522B7D" w:rsidRDefault="00522B7D" w:rsidP="004D6641">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="4D1A81B1" w14:textId="03A6C83A" w:rsidR="004D6641" w:rsidRDefault="004D6641" w:rsidP="004D6641">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[   ] Análise documental e homologação das inscrições</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFBA5F5" w14:textId="77777777" w:rsidR="004D6641" w:rsidRPr="00B14011" w:rsidRDefault="004D6641" w:rsidP="004D6641">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B14011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>[   ] Prova Oral</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6958AF65" w14:textId="5E73AFF6" w:rsidR="000E11EE" w:rsidRPr="00B14011" w:rsidRDefault="000E11EE" w:rsidP="004D6641">
+        <w:t xml:space="preserve">[   ] Análise do Curriculum Vitae e Proposta de Trabalho de Conclusão de Curso </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1A81B1" w14:textId="03A6C83A" w:rsidR="004D6641" w:rsidRDefault="004D6641" w:rsidP="004D6641">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="305BFA7D" w14:textId="4F213653" w:rsidR="00B14011" w:rsidRPr="00B14011" w:rsidRDefault="00B14011" w:rsidP="004D6641">
+      <w:r w:rsidRPr="00B14011">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[   ] Prova Oral</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6958AF65" w14:textId="5E73AFF6" w:rsidR="000E11EE" w:rsidRPr="00B14011" w:rsidRDefault="000E11EE" w:rsidP="004D6641">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[   ] Prova escrita de conhecimentos específicos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305BFA7D" w14:textId="4F213653" w:rsidR="00B14011" w:rsidRPr="00B14011" w:rsidRDefault="00B14011" w:rsidP="004D6641">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B14011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">[   ] Prova escrita de compreensão de texto em língua estrangeira </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="579BE26B" w14:textId="77777777" w:rsidR="004D6641" w:rsidRPr="00B14011" w:rsidRDefault="004D6641" w:rsidP="004D6641">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B14011">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">[   ] Aprovação e Classificação Final </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B794367" w14:textId="77777777" w:rsidR="004D6641" w:rsidRPr="00B14011" w:rsidRDefault="004D6641" w:rsidP="004D6641">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -387,74 +328,74 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">identidade </w:t>
       </w:r>
       <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>nº</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> .................................................................., </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6735FB3E" w14:textId="4F5066EA" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
+    <w:p w14:paraId="6735FB3E" w14:textId="59AA57E2" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>oncorrente a uma vaga no Processo Seletivo Discente 202</w:t>
       </w:r>
-      <w:r w:rsidR="000E11EE">
-[...3 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00522B7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="004D6641">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> do Programa de Pós-Graduação em Gestão de Documentos e Arquivos, apresento pedido de reconsideração junto à Comissão de Recursos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079C5D6D" w14:textId="14B8CD0E" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15D5EF5F" w14:textId="25490DAE" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -584,178 +525,342 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">...................................................., ......./......./20....... </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECE9E2E" w14:textId="1B109075" w:rsidR="004D6641" w:rsidRDefault="004D6641" w:rsidP="004D6641">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07974B24" w14:textId="77777777" w:rsidR="004D6641" w:rsidRPr="004D6641" w:rsidRDefault="004D6641" w:rsidP="004D6641">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="522A6471" w14:textId="77777777" w:rsidR="004D6641" w:rsidRPr="004D6641" w:rsidRDefault="004D6641" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="2934"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D5014B5" w14:textId="754CB678" w:rsidR="00E357C1" w:rsidRPr="004D6641" w:rsidRDefault="004D6641" w:rsidP="00DA5C9D">
+    <w:p w14:paraId="74F830C3" w14:textId="76FA6D76" w:rsidR="00E357C1" w:rsidRPr="004D6641" w:rsidRDefault="004D6641" w:rsidP="00522B7D">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:spacing w:before="128"/>
         <w:ind w:left="2934"/>
         <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D6641">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004D6641">
+        <w:t xml:space="preserve">           Assinatura do candidato</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5C9D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">           Assinatura do candidato</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F830C3" w14:textId="77777777" w:rsidR="00E357C1" w:rsidRPr="004D6641" w:rsidRDefault="00E357C1" w:rsidP="00DA5C9D">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00E357C1" w:rsidRPr="004D6641" w:rsidSect="004D6641">
+    <w:sectPr w:rsidR="00E357C1" w:rsidRPr="004D6641" w:rsidSect="0006131A">
+      <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="340" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4F0C9EF0" w14:textId="77777777" w:rsidR="005B1379" w:rsidRDefault="005B1379" w:rsidP="0006131A">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7CC2CBB4" w14:textId="77777777" w:rsidR="005B1379" w:rsidRDefault="005B1379" w:rsidP="0006131A">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="3D76EE56" w14:textId="77777777" w:rsidR="005B1379" w:rsidRDefault="005B1379" w:rsidP="0006131A">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6671EB1A" w14:textId="77777777" w:rsidR="005B1379" w:rsidRDefault="005B1379" w:rsidP="0006131A">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="2D3A6573" w14:textId="3452AD97" w:rsidR="0006131A" w:rsidRDefault="0006131A" w:rsidP="0006131A">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00400124">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62DA5843" wp14:editId="6D78FD72">
+          <wp:extent cx="767614" cy="647922"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Imagem 2" descr="C:\Users\08797355704\Desktop\novo logo unirio - simplificada (3).png"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\08797355704\Desktop\novo logo unirio - simplificada (3).png"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="779275" cy="657765"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0464D791" w14:textId="77777777" w:rsidR="0006131A" w:rsidRPr="004D6641" w:rsidRDefault="0006131A" w:rsidP="0006131A">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="004D6641">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>UNIVERSIDADE FEDERAL DO ESTADO DO RIO DE JANEIRO - UNIRIO</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2BAE8C73" w14:textId="77777777" w:rsidR="0006131A" w:rsidRPr="004D6641" w:rsidRDefault="0006131A" w:rsidP="0006131A">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="004D6641">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>Centro de Ciências Humanas e Sociais – CCH</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="624EE926" w14:textId="77777777" w:rsidR="0006131A" w:rsidRPr="004D6641" w:rsidRDefault="0006131A" w:rsidP="0006131A">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="004D6641">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>Programa de Pós-Graduação em Gestão de Documentos e Arquivos - PPGARQ</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1E4715C8" w14:textId="0705FCC7" w:rsidR="0006131A" w:rsidRDefault="0006131A" w:rsidP="0006131A">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="004D6641">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>Mestrado Profissional em Gestão de Documentos e Arquivos - MPGA</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E357C1"/>
+    <w:rsid w:val="0006131A"/>
     <w:rsid w:val="000E11EE"/>
     <w:rsid w:val="00176564"/>
     <w:rsid w:val="00394E95"/>
     <w:rsid w:val="0039772D"/>
     <w:rsid w:val="003A2426"/>
     <w:rsid w:val="004D6641"/>
+    <w:rsid w:val="00522B7D"/>
+    <w:rsid w:val="005B1379"/>
     <w:rsid w:val="006D68A3"/>
     <w:rsid w:val="00B14011"/>
     <w:rsid w:val="00CA1747"/>
     <w:rsid w:val="00D43CDF"/>
     <w:rsid w:val="00DA5C9D"/>
     <w:rsid w:val="00E357C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -1212,50 +1317,92 @@
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="126"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
     <w:name w:val="Corpo de texto Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Corpodetexto"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004D6641"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="pt-PT"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0006131A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0006131A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0006131A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0006131A"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="449056111">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="378745146">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -1438,58 +1585,75 @@
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="1370450412">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="2096591609">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1748,69 +1912,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>522</Words>
-  <Characters>2825</Characters>
+  <Words>494</Words>
+  <Characters>2669</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3341</CharactersWithSpaces>
+  <CharactersWithSpaces>3157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mariana Lousada</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>