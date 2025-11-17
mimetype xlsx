--- v0 (2025-10-07)
+++ v1 (2025-11-17)
@@ -1,221 +1,209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11211"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/danielquaranta/Dropbox/Mac (2)/Documents/PPGM -COORDENAÇÃO -  2023/RECREDENCIAMENTO/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Samsung\Dropbox\UNIRIO\PPGM\Credenciamento\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E8EB1185-E243-754B-871F-6028DB10DEF7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4A8740AD-7E87-4E72-9C56-045EBBD5E957}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="7300" yWindow="-19240" windowWidth="21380" windowHeight="19240" xr2:uid="{12E72079-B4E6-4F70-AB23-0E84F0E369E1}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{12E72079-B4E6-4F70-AB23-0E84F0E369E1}"/>
   </bookViews>
   <sheets>
-    <sheet name="recredenciamento" sheetId="1" r:id="rId1"/>
+    <sheet name="Credenciamento" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D50" i="1" l="1"/>
-[...7 lines deleted...]
-  <c r="D51" i="1"/>
+  <c r="D72" i="1" l="1"/>
+  <c r="D70" i="1"/>
   <c r="D47" i="1"/>
   <c r="D45" i="1"/>
-  <c r="D41" i="1"/>
-  <c r="D23" i="1"/>
+  <c r="D54" i="1"/>
+  <c r="D55" i="1"/>
+  <c r="D56" i="1"/>
+  <c r="D79" i="1"/>
+  <c r="D75" i="1"/>
+  <c r="D74" i="1"/>
+  <c r="D48" i="1"/>
+  <c r="D40" i="1"/>
   <c r="D22" i="1"/>
-  <c r="D40" i="1"/>
+  <c r="D21" i="1"/>
   <c r="D39" i="1"/>
-  <c r="D55" i="1"/>
-[...2 lines deleted...]
-  <c r="D54" i="1"/>
+  <c r="D38" i="1"/>
+  <c r="D52" i="1"/>
+  <c r="D57" i="1"/>
   <c r="D53" i="1"/>
-  <c r="D52" i="1"/>
+  <c r="D51" i="1"/>
+  <c r="D50" i="1"/>
   <c r="D49" i="1"/>
   <c r="D46" i="1"/>
-  <c r="D43" i="1"/>
   <c r="D44" i="1"/>
   <c r="D42" i="1"/>
-  <c r="D38" i="1"/>
+  <c r="D43" i="1"/>
+  <c r="D41" i="1"/>
   <c r="D37" i="1"/>
   <c r="D36" i="1"/>
   <c r="D35" i="1"/>
+  <c r="D34" i="1"/>
+  <c r="D32" i="1"/>
   <c r="D33" i="1"/>
-  <c r="D34" i="1"/>
-  <c r="D31" i="1"/>
   <c r="D30" i="1"/>
   <c r="D29" i="1"/>
   <c r="D28" i="1"/>
   <c r="D27" i="1"/>
   <c r="D26" i="1"/>
-  <c r="D24" i="1"/>
-  <c r="D21" i="1"/>
+  <c r="D25" i="1"/>
+  <c r="D23" i="1"/>
   <c r="D20" i="1"/>
+  <c r="D19" i="1"/>
+  <c r="D15" i="1"/>
+  <c r="D17" i="1"/>
   <c r="D16" i="1"/>
-  <c r="D18" i="1"/>
-[...1 lines deleted...]
-  <c r="D15" i="1"/>
   <c r="D14" i="1"/>
   <c r="D13" i="1"/>
-  <c r="B85" i="1"/>
-[...2 lines deleted...]
-  <c r="D81" i="1"/>
+  <c r="D12" i="1"/>
+  <c r="B81" i="1"/>
   <c r="D80" i="1"/>
+  <c r="D78" i="1"/>
+  <c r="D77" i="1"/>
   <c r="D76" i="1"/>
-  <c r="D74" i="1"/>
-[...2 lines deleted...]
-  <c r="D70" i="1"/>
   <c r="D68" i="1"/>
-  <c r="D66" i="1"/>
+  <c r="D67" i="1"/>
   <c r="D65" i="1"/>
   <c r="D63" i="1"/>
-  <c r="D61" i="1"/>
-  <c r="D12" i="1"/>
+  <c r="D62" i="1"/>
+  <c r="D60" i="1"/>
+  <c r="D58" i="1"/>
   <c r="D11" i="1"/>
   <c r="D10" i="1"/>
   <c r="D9" i="1"/>
-  <c r="D85" i="1"/>
+  <c r="D8" i="1"/>
+  <c r="D81" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="85">
   <si>
     <t>PROGRAMA DE PÓS-GRADUAÇÃO EM MÚSICA DA UNIRIO</t>
   </si>
   <si>
     <t xml:space="preserve">Instruções para preenchimento do formulário </t>
   </si>
   <si>
     <t>1.    Atenção: SOMENTE PREENCHA OS CAMPOS EM VERMELHO</t>
   </si>
   <si>
     <t xml:space="preserve"> NÃO É NECESSÁRIO FAZER O CÁLCULO - A COLUNA TOTAL SERÁ PREENCHIDA AUTOMATICAMENTE</t>
   </si>
   <si>
-    <t>Período: 2021 a 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Produção Bibliográfica</t>
   </si>
   <si>
     <t>Critérios</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t>Quant.</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t xml:space="preserve">Para a produção de artigos com avaliação A1 </t>
   </si>
   <si>
     <t xml:space="preserve">Para a produção de artigos com avaliação A2 </t>
   </si>
   <si>
     <t xml:space="preserve">Para a produção de artigos com avaliação A3 </t>
   </si>
   <si>
     <t>Para a produção de artigos com avaliação A4</t>
   </si>
   <si>
     <t>Para a produção de artigos com avaliação B1</t>
   </si>
   <si>
     <t>Para a produção de artigos com avaliação B2</t>
   </si>
   <si>
     <t>Para a produção de artigos com avaliação B3</t>
   </si>
   <si>
     <t xml:space="preserve">Para a produção de artigos com avaliação B4 </t>
   </si>
   <si>
     <t>Para a produção de artigos com avaliação B5</t>
   </si>
   <si>
     <t>Para a produção de artigos com avaliação C</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Listar títulos do link: https://sucupira-legado.capes.gov.br/sucupira/public/consultas/coleta/veiculoPublicacaoQualis/listaConsultaGeralPeriodicos.jsf </t>
   </si>
   <si>
     <t>Para a produção de livro autoral de 1 a 3 autores</t>
   </si>
   <si>
     <t>Para a produção de capítulo de livro</t>
   </si>
   <si>
     <t>Para a produção de texto completo em Anais de congresso</t>
   </si>
   <si>
     <t>Para a produção de resumo expandido em Anais de congresso</t>
   </si>
   <si>
     <t>Para a produção de resumo em Anais de congresso</t>
   </si>
   <si>
     <t>Produção Artística</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="8"/>
@@ -380,60 +368,51 @@
   <si>
     <t>Produção em Extensão: participação ou coordenação de projetos ou ações de impacto direto nas comunidades.</t>
   </si>
   <si>
     <t>Relatórios ou materiais resultantes de atividades extensionistas.</t>
   </si>
   <si>
     <t>Participação em Eventos Acadêmicos, Congressos, Exposições e Feiras.</t>
   </si>
   <si>
     <t>Comunicação em Eventos Científicos.</t>
   </si>
   <si>
     <t>Palestra em evento (Conferência, Mesa Redonda, Mesa temática, Simpósios).</t>
   </si>
   <si>
     <t>Produtos de Divulgação Científica: Publicações não acadêmicas voltadas ao público leigo (artigos em revistas, entrevistas, blogs, vídeos, podcasts), Participação em programas de rádio, televisão e  outras mídias, Resenha ou crítica em jornais e revistas de grande  circulação.</t>
   </si>
   <si>
     <t>Organização de simpósios temáticos, GTs e painéis em eventos científicos, artísticos ou culturais de âmbito nacional ou internacional e dossiê em Revista Científica da Área.</t>
   </si>
   <si>
     <t>Organização de eventos científicos, artísticos ou culturais de âmbito local ou regional, nacional ou internacional (participação na comissão organizadora ou no comitê científico), e de exposições, mostras, festivais e eventos artísticos/culturais locais ou regionais, nacionais e internacionais.</t>
   </si>
   <si>
-    <t>Organização do Simpósio de Brasileiro de Pós-Graduandos em Música da UNIRIO (SIMPOM)</t>
-[...1 lines deleted...]
-  <si>
     <t>Editoria de números especiais de revistas, anais e livros</t>
-  </si>
-[...4 lines deleted...]
-    <t>Editoria de outras Revistas Científicas (por ano)</t>
   </si>
   <si>
     <t>Organização de livros e catálogos</t>
   </si>
   <si>
     <t>Membro do corpo editorial da Revista Debates</t>
   </si>
   <si>
     <t>Membro do corpo editorial de Revistas Científicas (por revista)</t>
   </si>
   <si>
     <t>Participação em presidência de comissão de eventos científicos.</t>
   </si>
   <si>
     <t>Editoria de partituras.</t>
   </si>
   <si>
     <t>Textos para catálogos de exposição (com menos de  50 páginas), programas de espetáculos, folhetos etc.</t>
   </si>
   <si>
     <t>Apresentação de livros e revistas, prefácios e posfácios. Traduções. Resenhas.</t>
   </si>
   <si>
     <t>Verbetes para Dicionários.</t>
   </si>
@@ -462,102 +441,108 @@
     <r>
       <t xml:space="preserve">Parecerista de periódico ou </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>evento científico na área</t>
     </r>
   </si>
   <si>
     <t>Participante em Pesquisa cadastrada em IES (5 por projeto)</t>
   </si>
   <si>
     <t>Título:</t>
   </si>
   <si>
     <t xml:space="preserve"> Programa/Projeto de extensão/PET em IES - Coordenador</t>
   </si>
   <si>
     <t>Programa/Projeto de extensão/PET em IES - Integrante</t>
   </si>
   <si>
-    <t>Atividades no PPGM – participação em Comissão Administrativa</t>
-[...4 lines deleted...]
-  <si>
     <t>Disciplina:</t>
   </si>
   <si>
-    <t>Disciplina (sala de aula) no PPGM – colaborador</t>
-[...1 lines deleted...]
-  <si>
     <t>Captação de Recurso para Pesquisa (CAPES, CNPq, FAPERJ, UNIRIO etc. -150/projeto) Bolsista Produtividade (CNPQ, FAPERJ, MS,...)</t>
   </si>
   <si>
     <t>Qual?</t>
   </si>
   <si>
-    <t>Orientações concluidas no PPGM no quadriênio (por aluno)</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Orientações concluidas: bolsista de IC ou PIBIC </t>
   </si>
   <si>
     <t>Orientações: bolsista Pós-Doc, de extensão, BIA, Monitora e outras (por bolsista)</t>
   </si>
   <si>
     <t>Orientação em Programa de Pós-Graduação Lato Sensu (por aluno)</t>
   </si>
   <si>
     <t>Orientação de TCC concluídas ou em andamento (por aluno)</t>
   </si>
   <si>
     <t>Participação em Bancas (TCC, Mestrado, Doutorado, Concursos Públicos)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Mediante a entrega deste instrumento, declaro que as informações prestadas são verdadeiras. Assim sendo, solicito meu recredenciamento /credenciamento no PPGM.</t>
-[...1 lines deleted...]
-  <si>
     <t>Rio de Janeiro, _____ de ____________________ de  2025.</t>
   </si>
   <si>
     <t>Nome:</t>
   </si>
   <si>
     <t xml:space="preserve">Assinatura: </t>
+  </si>
+  <si>
+    <t>Período: ÚLTIMOS 4 ANOS</t>
+  </si>
+  <si>
+    <t>Editoria de Revistas Científicas (por ano)</t>
+  </si>
+  <si>
+    <t>Orientações concluidas em PPG no quadriênio (por aluno)</t>
+  </si>
+  <si>
+    <t>Orientações em andamento em PPG (por aluno) no quadriênio</t>
+  </si>
+  <si>
+    <t>Mediante a entrega deste instrumento, declaro que as informações prestadas são verdadeiras. Assim sendo, solicito meu credenciamento no PPGM.</t>
+  </si>
+  <si>
+    <t>Disciplina (sala de aula) em PPG – ser responsável</t>
+  </si>
+  <si>
+    <t>Disciplina (sala de aula) em PPG – colaborador</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Listar títulos do link (Quadriênio mais recente): https://sucupira-legado.capes.gov.br/sucupira/public/consultas/coleta/veiculoPublicacaoQualis/listaConsultaGeralPeriodicos.jsf </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
@@ -690,51 +675,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
@@ -811,102 +796,65 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...22 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="77">
+  <cellXfs count="74">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -1074,76 +1022,67 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
@@ -1414,1181 +1353,1130 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{534CC3A2-A245-49C5-93E1-F23E1380ED8D}">
-  <dimension ref="A1:F90"/>
+  <dimension ref="A1:F86"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E50" sqref="E50"/>
+      <selection activeCell="A5" sqref="A5:D5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="66.1640625" style="1" customWidth="1"/>
-    <col min="2" max="2" width="8.5" style="1" customWidth="1"/>
+    <col min="1" max="1" width="66.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="8.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="6.33203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="8" style="1" customWidth="1"/>
-    <col min="5" max="5" width="13.83203125" style="12" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="16384" width="11.5" style="1"/>
+    <col min="5" max="5" width="13.77734375" style="12" customWidth="1"/>
+    <col min="6" max="6" width="25.77734375" style="1" customWidth="1"/>
+    <col min="7" max="16384" width="11.44140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="16" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="59" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="60"/>
       <c r="C1" s="60"/>
       <c r="D1" s="60"/>
     </row>
-    <row r="2" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="61" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="62"/>
       <c r="C2" s="62"/>
       <c r="D2" s="63"/>
     </row>
-    <row r="3" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="64" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="65"/>
       <c r="C3" s="65"/>
       <c r="D3" s="66"/>
     </row>
-    <row r="4" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:5" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="71" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="72"/>
       <c r="C4" s="72"/>
       <c r="D4" s="73"/>
     </row>
-    <row r="5" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="68" t="s">
-        <v>4</v>
+        <v>77</v>
       </c>
       <c r="B5" s="69"/>
       <c r="C5" s="69"/>
       <c r="D5" s="70"/>
     </row>
-    <row r="6" spans="1:5" ht="53.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="74" t="s">
+    <row r="6" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="57" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="27"/>
+      <c r="C6" s="28"/>
+      <c r="D6" s="29"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A7" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="75"/>
-[...4 lines deleted...]
-      <c r="A7" s="57" t="s">
+      <c r="B7" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="27"/>
-[...4 lines deleted...]
-      <c r="A8" s="2" t="s">
+      <c r="C7" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="2" t="s">
+      <c r="D7" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C8" s="3" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="D8" s="4" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="20">
+        <v>100</v>
+      </c>
+      <c r="C8" s="21"/>
+      <c r="D8" s="22">
+        <f t="shared" ref="D8:D17" si="0">C8*B8</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="19" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B9" s="20">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="C9" s="21"/>
       <c r="D9" s="22">
-        <f t="shared" ref="D9:D18" si="0">C9*B9</f>
-[...3 lines deleted...]
-    <row r="10" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B10" s="20">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="C10" s="21"/>
       <c r="D10" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="19" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B11" s="20">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="C11" s="21"/>
       <c r="D11" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="19" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B12" s="20">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="C12" s="21"/>
       <c r="D12" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B13" s="20">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="C13" s="21"/>
       <c r="D13" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B14" s="20">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="C14" s="21"/>
       <c r="D14" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B15" s="20">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="C15" s="21"/>
       <c r="D15" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="16" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E15" s="56"/>
+    </row>
+    <row r="16" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B16" s="20">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="C16" s="21"/>
       <c r="D16" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E16" s="56"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="17" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="19" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B17" s="20">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C17" s="21"/>
       <c r="D17" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="19" t="s">
+    <row r="18" spans="1:5" s="5" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="34" t="s">
+        <v>84</v>
+      </c>
+      <c r="B18" s="35"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="13"/>
+    </row>
+    <row r="19" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="36" t="s">
+        <v>19</v>
+      </c>
+      <c r="B19" s="22">
+        <v>100</v>
+      </c>
+      <c r="C19" s="22"/>
+      <c r="D19" s="22">
+        <f>C19*B19</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="36" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="20">
-[...20 lines deleted...]
-      </c>
       <c r="B20" s="22">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="C20" s="22"/>
       <c r="D20" s="22">
         <f>C20*B20</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="36" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B21" s="22">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C21" s="22"/>
       <c r="D21" s="22">
-        <f>C21*B21</f>
-[...3 lines deleted...]
-    <row r="22" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+        <f>B21*C21</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="36" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B22" s="22">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C22" s="22"/>
       <c r="D22" s="22">
         <f>B22*C22</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="36" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B23" s="22">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C23" s="22"/>
       <c r="D23" s="22">
-        <f>B23*C23</f>
-[...4 lines deleted...]
-      <c r="A24" s="36" t="s">
+        <f>C23*B23</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="31"/>
+      <c r="C24" s="32"/>
+      <c r="D24" s="33"/>
+    </row>
+    <row r="25" spans="1:5" ht="85.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25" s="24">
+        <v>100</v>
+      </c>
+      <c r="C25" s="25"/>
+      <c r="D25" s="26">
+        <f t="shared" ref="D25:D30" si="1">B25*C25</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="70.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="18" t="s">
         <v>26</v>
       </c>
-      <c r="B24" s="22">
-[...9 lines deleted...]
-      <c r="A25" s="30" t="s">
+      <c r="B26" s="15">
+        <v>90</v>
+      </c>
+      <c r="C26" s="16"/>
+      <c r="D26" s="17">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="78.45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="14" t="s">
         <v>27</v>
       </c>
-      <c r="B25" s="31"/>
-[...19 lines deleted...]
-      </c>
       <c r="B27" s="15">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="C27" s="16"/>
       <c r="D27" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:5" ht="78.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:5" ht="66" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="14" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B28" s="15">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="C28" s="16"/>
       <c r="D28" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:5" ht="66" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:5" ht="55.2" x14ac:dyDescent="0.3">
       <c r="A29" s="14" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B29" s="15">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="C29" s="16"/>
       <c r="D29" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:5" ht="60" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:5" ht="65.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B30" s="15">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="C30" s="16"/>
       <c r="D30" s="17">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:5" ht="65.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="14" t="s">
+    <row r="31" spans="1:5" ht="27.45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="40" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" s="37"/>
+      <c r="C31" s="38"/>
+      <c r="D31" s="39"/>
+    </row>
+    <row r="32" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="41">
+        <v>10</v>
+      </c>
+      <c r="C32" s="42"/>
+      <c r="D32" s="43">
+        <f t="shared" ref="D32:D48" si="2">B32*C32</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A33" s="44" t="s">
         <v>33</v>
-      </c>
-[...19 lines deleted...]
-        <v>35</v>
       </c>
       <c r="B33" s="41">
         <v>10</v>
       </c>
       <c r="C33" s="42"/>
       <c r="D33" s="43">
-        <f t="shared" ref="D33:D51" si="2">B33*C33</f>
-[...3 lines deleted...]
-    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="25.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="44" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B34" s="41">
         <v>10</v>
       </c>
       <c r="C34" s="42"/>
       <c r="D34" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:6" ht="25.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:6" s="5" customFormat="1" ht="27.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="44" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B35" s="41">
         <v>10</v>
       </c>
       <c r="C35" s="42"/>
       <c r="D35" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>38</v>
+      <c r="E35" s="53"/>
+    </row>
+    <row r="36" spans="1:6" ht="31.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="45" t="s">
+        <v>36</v>
       </c>
       <c r="B36" s="41">
         <v>10</v>
       </c>
       <c r="C36" s="42"/>
       <c r="D36" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="E36" s="53"/>
-[...3 lines deleted...]
-        <v>39</v>
+    </row>
+    <row r="37" spans="1:6" s="5" customFormat="1" ht="22.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="44" t="s">
+        <v>37</v>
       </c>
       <c r="B37" s="41">
         <v>10</v>
       </c>
       <c r="C37" s="42"/>
       <c r="D37" s="43">
-        <f t="shared" si="2"/>
-[...5 lines deleted...]
-        <v>40</v>
+        <f>B37*C37</f>
+        <v>0</v>
+      </c>
+      <c r="E37" s="13"/>
+    </row>
+    <row r="38" spans="1:6" ht="17.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="45" t="s">
+        <v>38</v>
       </c>
       <c r="B38" s="41">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C38" s="42"/>
       <c r="D38" s="43">
-        <f>B38*C38</f>
-[...4 lines deleted...]
-    <row r="39" spans="1:6" ht="17.5" customHeight="1" x14ac:dyDescent="0.2">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="17.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="45" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B39" s="41">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C39" s="42"/>
       <c r="D39" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:6" ht="17.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:6" ht="17.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="45" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B40" s="41">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C40" s="42"/>
       <c r="D40" s="43">
-        <f t="shared" si="2"/>
-[...3 lines deleted...]
-    <row r="41" spans="1:6" ht="17.5" customHeight="1" x14ac:dyDescent="0.2">
+        <f>B40*C40</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="58.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="45" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B41" s="41">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C41" s="42"/>
       <c r="D41" s="43">
-        <f>B41*C41</f>
-[...5 lines deleted...]
-        <v>44</v>
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E41" s="52"/>
+    </row>
+    <row r="42" spans="1:6" s="5" customFormat="1" ht="41.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="44" t="s">
+        <v>42</v>
       </c>
       <c r="B42" s="41">
         <v>10</v>
       </c>
       <c r="C42" s="42"/>
       <c r="D42" s="43">
-        <f t="shared" si="2"/>
-[...6 lines deleted...]
-        <v>45</v>
+        <f>B42*C42</f>
+        <v>0</v>
+      </c>
+      <c r="E42" s="13"/>
+    </row>
+    <row r="43" spans="1:6" s="5" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="45" t="s">
+        <v>43</v>
       </c>
       <c r="B43" s="41">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C43" s="42"/>
       <c r="D43" s="43">
-        <f>B43*C43</f>
-[...6 lines deleted...]
-        <v>46</v>
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="E43" s="53"/>
+      <c r="F43" s="55"/>
+    </row>
+    <row r="44" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="44" t="s">
+        <v>44</v>
       </c>
       <c r="B44" s="41">
         <v>20</v>
       </c>
       <c r="C44" s="42"/>
       <c r="D44" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="E44" s="53"/>
-[...4 lines deleted...]
-        <v>47</v>
+      <c r="E44" s="52"/>
+    </row>
+    <row r="45" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="44" t="s">
+        <v>78</v>
       </c>
       <c r="B45" s="41">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="C45" s="42"/>
       <c r="D45" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="E45" s="53"/>
-[...2 lines deleted...]
-    <row r="46" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E45" s="52"/>
+    </row>
+    <row r="46" spans="1:6" s="5" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="44" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B46" s="41">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C46" s="42"/>
       <c r="D46" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="E46" s="52"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E46" s="53"/>
+    </row>
+    <row r="47" spans="1:6" s="5" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="44" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B47" s="41">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="C47" s="42"/>
       <c r="D47" s="43">
-        <f t="shared" si="2"/>
-[...4 lines deleted...]
-    <row r="48" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+        <f t="shared" ref="D47" si="3">B47*C47</f>
+        <v>0</v>
+      </c>
+      <c r="E47" s="53"/>
+    </row>
+    <row r="48" spans="1:6" s="5" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="44" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B48" s="41">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C48" s="42"/>
       <c r="D48" s="43">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="E48" s="52"/>
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="E48" s="53"/>
+    </row>
+    <row r="49" spans="1:5" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="45" t="s">
+        <v>48</v>
       </c>
       <c r="B49" s="41">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C49" s="42"/>
       <c r="D49" s="43">
-        <f t="shared" si="2"/>
-[...6 lines deleted...]
-        <v>52</v>
+        <f t="shared" ref="D49:D57" si="4">B49*C49</f>
+        <v>0</v>
+      </c>
+      <c r="E49" s="13"/>
+    </row>
+    <row r="50" spans="1:5" s="5" customFormat="1" ht="15.45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="45" t="s">
+        <v>49</v>
       </c>
       <c r="B50" s="41">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C50" s="42"/>
       <c r="D50" s="43">
-        <f t="shared" ref="D50" si="3">B50*C50</f>
-[...6 lines deleted...]
-        <v>53</v>
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="E50" s="13"/>
+    </row>
+    <row r="51" spans="1:5" ht="25.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="45" t="s">
+        <v>50</v>
       </c>
       <c r="B51" s="41">
         <v>10</v>
       </c>
       <c r="C51" s="42"/>
       <c r="D51" s="43">
-        <f t="shared" si="2"/>
-[...4 lines deleted...]
-    <row r="52" spans="1:5" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="45" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B52" s="41">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C52" s="42"/>
       <c r="D52" s="43">
-        <f t="shared" ref="D52:D60" si="4">B52*C52</f>
-[...4 lines deleted...]
-    <row r="53" spans="1:5" s="5" customFormat="1" ht="15.5" customHeight="1" x14ac:dyDescent="0.2">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="45" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B53" s="41">
         <v>10</v>
       </c>
       <c r="C53" s="42"/>
       <c r="D53" s="43">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="E53" s="13"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:5" ht="25.75" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="54" spans="1:5" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="45" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B54" s="41">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="C54" s="42"/>
       <c r="D54" s="43">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="55" spans="1:5" ht="16.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E54" s="52"/>
+    </row>
+    <row r="55" spans="1:5" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="45" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B55" s="41">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="C55" s="42"/>
       <c r="D55" s="43">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="56" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E55" s="52"/>
+    </row>
+    <row r="56" spans="1:5" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="45" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B56" s="41">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="C56" s="42"/>
       <c r="D56" s="43">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="57" spans="1:5" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E56" s="52"/>
+    </row>
+    <row r="57" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="45" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B57" s="41">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="C57" s="42"/>
       <c r="D57" s="43">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="E57" s="52"/>
-[...2 lines deleted...]
-      <c r="A58" s="45" t="s">
+    </row>
+    <row r="58" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="B58" s="20">
+        <v>15</v>
+      </c>
+      <c r="C58" s="21"/>
+      <c r="D58" s="22">
+        <f t="shared" ref="D58:D79" si="5">C58*B58</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="30.45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="46" t="s">
+        <v>58</v>
+      </c>
+      <c r="B59" s="47"/>
+      <c r="C59" s="48"/>
+      <c r="D59" s="35"/>
+    </row>
+    <row r="60" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="B60" s="20">
+        <v>10</v>
+      </c>
+      <c r="C60" s="21"/>
+      <c r="D60" s="22">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="46" t="s">
+        <v>58</v>
+      </c>
+      <c r="B61" s="47"/>
+      <c r="C61" s="49"/>
+      <c r="D61" s="35"/>
+    </row>
+    <row r="62" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="19" t="s">
         <v>60</v>
       </c>
-      <c r="B58" s="41">
-[...10 lines deleted...]
-      <c r="A59" s="45" t="s">
+      <c r="B62" s="20">
+        <v>5</v>
+      </c>
+      <c r="C62" s="50"/>
+      <c r="D62" s="22">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="19" t="s">
         <v>61</v>
       </c>
-      <c r="B59" s="41">
-[...46 lines deleted...]
-      </c>
       <c r="B63" s="20">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="C63" s="21"/>
+        <v>5</v>
+      </c>
+      <c r="C63" s="50"/>
       <c r="D63" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:5" ht="28.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:5" ht="30.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="46" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B64" s="47"/>
       <c r="C64" s="49"/>
       <c r="D64" s="35"/>
     </row>
-    <row r="65" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="19" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B65" s="20">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C65" s="50"/>
       <c r="D65" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="D66" s="22">
+    <row r="66" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="46" t="s">
+        <v>62</v>
+      </c>
+      <c r="B66" s="47"/>
+      <c r="C66" s="49"/>
+      <c r="D66" s="35"/>
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A67" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="B67" s="20">
+        <v>10</v>
+      </c>
+      <c r="C67" s="50"/>
+      <c r="D67" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:4" ht="30.5" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-    <row r="68" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A68" s="19" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B68" s="20">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="C68" s="50"/>
       <c r="D68" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:4" ht="29.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="46" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B69" s="47"/>
       <c r="C69" s="49"/>
       <c r="D69" s="35"/>
     </row>
-    <row r="70" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A70" s="19" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="B70" s="20">
         <v>10</v>
       </c>
       <c r="C70" s="50"/>
       <c r="D70" s="22">
-        <f t="shared" si="5"/>
-[...7 lines deleted...]
-      <c r="B71" s="47">
+        <f t="shared" ref="D70:D72" si="6">C70*B70</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A71" s="46" t="s">
+        <v>65</v>
+      </c>
+      <c r="B71" s="47"/>
+      <c r="C71" s="49"/>
+      <c r="D71" s="35"/>
+    </row>
+    <row r="72" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A72" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="B72" s="20">
         <v>5</v>
-      </c>
-[...11 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C72" s="50"/>
       <c r="D72" s="22">
-        <f t="shared" si="5"/>
-[...3 lines deleted...]
-    <row r="73" spans="1:4" ht="32" customHeight="1" x14ac:dyDescent="0.2">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A73" s="46" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="B73" s="47"/>
       <c r="C73" s="49"/>
       <c r="D73" s="35"/>
     </row>
-    <row r="74" spans="1:4" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-      <c r="B75" s="47"/>
+    <row r="74" spans="1:4" ht="16.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="B74" s="47">
+        <v>20</v>
+      </c>
+      <c r="C74" s="49"/>
+      <c r="D74" s="35">
+        <f>B74*C74</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A75" s="58" t="s">
+        <v>80</v>
+      </c>
+      <c r="B75" s="47">
+        <v>10</v>
+      </c>
       <c r="C75" s="49"/>
-      <c r="D75" s="35"/>
-[...1 lines deleted...]
-    <row r="76" spans="1:4" ht="30" x14ac:dyDescent="0.2">
+      <c r="D75" s="35">
+        <f>B75*C75</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A76" s="19" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="B76" s="20">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="C76" s="50"/>
       <c r="D76" s="22">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="1:4" ht="29.5" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="B78" s="47">
+    <row r="77" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A77" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="B77" s="20">
+        <v>10</v>
+      </c>
+      <c r="C77" s="50"/>
+      <c r="D77" s="22">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B78" s="20">
         <v>20</v>
       </c>
-      <c r="C78" s="49"/>
-[...18 lines deleted...]
-    <row r="80" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C78" s="50"/>
+      <c r="D78" s="22">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A79" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="B79" s="20">
+        <v>10</v>
+      </c>
+      <c r="C79" s="50"/>
+      <c r="D79" s="22">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A80" s="19" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="B80" s="20">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C80" s="50"/>
       <c r="D80" s="22">
-        <f t="shared" si="5"/>
-[...17 lines deleted...]
-      <c r="A82" s="19" t="s">
+        <f>C80*B80</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A81" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B81" s="51">
+        <f>SUM(B8:B80)</f>
+        <v>2035</v>
+      </c>
+      <c r="C81" s="11"/>
+      <c r="D81" s="54">
+        <f>SUM(D8:D80)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A82" s="67" t="s">
         <v>81</v>
       </c>
-      <c r="B82" s="20">
-[...84 lines deleted...]
-      <c r="D90" s="7"/>
+      <c r="B82" s="67"/>
+      <c r="C82" s="67"/>
+      <c r="D82" s="67"/>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A83" s="6"/>
+      <c r="B83" s="6"/>
+      <c r="C83" s="6"/>
+      <c r="D83" s="6"/>
+    </row>
+    <row r="84" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A84" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B84" s="7"/>
+      <c r="C84" s="7"/>
+      <c r="D84" s="7"/>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A85" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B85" s="7"/>
+      <c r="C85" s="7"/>
+      <c r="D85" s="7"/>
+    </row>
+    <row r="86" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A86" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B86" s="7"/>
+      <c r="C86" s="7"/>
+      <c r="D86" s="7"/>
     </row>
   </sheetData>
-  <mergeCells count="7">
+  <mergeCells count="6">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
-    <mergeCell ref="A86:D86"/>
+    <mergeCell ref="A82:D82"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A4:D4"/>
-    <mergeCell ref="A6:D6"/>
   </mergeCells>
   <pageMargins left="0.77" right="0.11811023622047245" top="0.19685039370078741" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Hojas de cálculo</vt:lpstr>
+        <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>recredenciamento</vt:lpstr>
+      <vt:lpstr>Credenciamento</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Luciane Velasque</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>