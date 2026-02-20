--- v0 (2025-10-03)
+++ v1 (2026-02-20)
@@ -86,51 +86,73 @@
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="654" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2262"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">FORMULÁRIO DE PRESTAÇÃO DE CONTAS SEMESTRAL </w:t>
+        <w:t xml:space="preserve">FORMULÁRIO DE PRESTAÇÃO DE CONTAS </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>TRIMESTRAL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="10067" w:type="dxa"/>
         <w:tblInd w:w="844" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10067"/>
       </w:tblGrid>
       <w:tr w:rsidR="006B3173">
         <w:trPr>
           <w:trHeight w:val="611"/>
         </w:trPr>
@@ -406,563 +428,371 @@
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
-        <w:tblW w:w="9075" w:type="dxa"/>
-        <w:tblInd w:w="1270" w:type="dxa"/>
+        <w:tblW w:w="8076" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1646"/>
-        <w:gridCol w:w="1212"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1277"/>
+        <w:gridCol w:w="2177"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B3173">
+      <w:tr w:rsidR="00F37894" w:rsidTr="00F37894">
         <w:trPr>
           <w:trHeight w:val="650"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006302BD">
+          <w:p w:rsidR="00F37894" w:rsidRDefault="00F37894">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">MÊS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="2177" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
+          <w:p w:rsidR="00F37894" w:rsidRDefault="00F37894">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1211" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
+          <w:p w:rsidR="00F37894" w:rsidRDefault="00F37894">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
-[...98 lines deleted...]
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
+          <w:p w:rsidR="00F37894" w:rsidRDefault="00F37894">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B3173">
+      <w:tr w:rsidR="00F37894" w:rsidTr="00F37894">
         <w:trPr>
           <w:trHeight w:val="650"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006302BD">
+          <w:p w:rsidR="00F37894" w:rsidRDefault="00F37894">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>VALOR</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F611C0" w:rsidRDefault="00F611C0">
+          <w:p w:rsidR="00F37894" w:rsidRDefault="00F37894">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PAGO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="2177" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
+          <w:p w:rsidR="00F37894" w:rsidRDefault="00F37894">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1211" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
+          <w:p w:rsidR="00F37894" w:rsidRDefault="00F37894">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
-[...92 lines deleted...]
-          <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
+          <w:p w:rsidR="00F37894" w:rsidRDefault="00F37894">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
@@ -1076,52 +906,50 @@
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">podem </w:t>
       </w:r>
       <w:r w:rsidR="00626AE1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="222222"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>acarretar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="222222"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> suspensão da bolsa de Auxílio Moradia e na obrigatoriedade da devolução de </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00626AE1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="222222"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">valores </w:t>
       </w:r>
       <w:r w:rsidR="00626AE1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="222222"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>pagos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1129,75 +957,91 @@
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F611C0" w:rsidRDefault="00F611C0" w:rsidP="00F611C0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="243" w:lineRule="auto"/>
         <w:ind w:left="1709" w:right="651" w:firstLine="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00F611C0" w:rsidRDefault="006302BD" w:rsidP="00F611C0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="243" w:lineRule="auto"/>
         <w:ind w:left="1709" w:right="651" w:firstLine="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Rio de Janeiro, ___ de ______________________de 2025.</w:t>
+        <w:t>Rio de Janeiro, ___ de ______________________de 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F611C0" w:rsidRDefault="00F611C0" w:rsidP="00F611C0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="243" w:lineRule="auto"/>
         <w:ind w:left="1709" w:right="651" w:firstLine="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F611C0" w:rsidRDefault="00F611C0" w:rsidP="00F611C0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
@@ -1341,61 +1185,61 @@
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Assinatura do Locatário ou Responsável Legal quando menor de 18 anos.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006B3173">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11900" w:h="16820"/>
       <w:pgMar w:top="2390" w:right="994" w:bottom="0" w:left="0" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006302BD" w:rsidRDefault="006302BD">
+    <w:p w:rsidR="00D30589" w:rsidRDefault="00D30589">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006302BD" w:rsidRDefault="006302BD">
+    <w:p w:rsidR="00D30589" w:rsidRDefault="00D30589">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1405,61 +1249,61 @@
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006302BD" w:rsidRDefault="006302BD">
+    <w:p w:rsidR="00D30589" w:rsidRDefault="00D30589">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006302BD" w:rsidRDefault="006302BD">
+    <w:p w:rsidR="00D30589" w:rsidRDefault="00D30589">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="006B3173" w:rsidRDefault="006302BD">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1559" w:hanging="850"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
@@ -1510,76 +1354,78 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B3173"/>
     <w:rsid w:val="00626AE1"/>
     <w:rsid w:val="006302BD"/>
     <w:rsid w:val="006B3173"/>
+    <w:rsid w:val="00D30589"/>
+    <w:rsid w:val="00F37894"/>
     <w:rsid w:val="00F611C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1C14050E"/>
+  <w14:docId w14:val="1B9FE092"/>
   <w15:docId w15:val="{60512B07-6F8B-4FF3-B0CF-542C385A3B40}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2467,48 +2313,48 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>125</Words>
-  <Characters>680</Characters>
+  <Characters>675</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UNIRIO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>804</CharactersWithSpaces>
+  <CharactersWithSpaces>799</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>